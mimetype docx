--- v0 (2025-10-11)
+++ v1 (2025-11-11)
@@ -254,51 +254,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8002A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BUILD AMERICA MUTUAL ASSURANCE COMPANY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB9EDC7" w14:textId="6B291410" w:rsidR="00A3056A" w:rsidRDefault="00591AA1" w:rsidP="00A3056A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00591AA1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>BAM is a New York domiciled mutual insurance corporation and is licensed to conduct financial guaranty insurance business in all fifty states of the United States and the District of Columbia.  BAM provides credit enhancement products to issuers in the U.S. public finance markets.  BAM will only insure municipal bonds, as defined in Section 6901 of the New York Insurance Law, which are most often issued by states, political subdivisions, integral parts of states or political subdivisions or entities otherwise eligible for the exclusion of income under section 115 of the U.S. Internal Revenue Code of 1986, as amended.  No member of BAM is liable for the obligations of BAM</w:t>
+        <w:t xml:space="preserve">BAM is a New York domiciled mutual insurance corporation and is licensed to conduct financial guaranty insurance business in all fifty states of the United States and the District of Columbia.  BAM provides credit enhancement products to issuers in the U.S. public finance markets.  BAM will only </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00591AA1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>insure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00591AA1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> municipal bonds, as defined in Section 6901 of the New York Insurance Law, which are most often issued by states, political subdivisions, integral parts of states or political subdivisions or entities otherwise eligible for the exclusion of income under section 115 of the U.S. Internal Revenue Code of 1986, as amended.  No member of BAM is liable for the obligations of BAM</w:t>
       </w:r>
       <w:r w:rsidR="00C64D3F" w:rsidRPr="00E8002A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245657CB" w14:textId="77777777" w:rsidR="00A3056A" w:rsidRDefault="00A3056A" w:rsidP="00A3056A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -460,82 +476,84 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FEE7615" w14:textId="77777777" w:rsidR="00C64D3F" w:rsidRPr="00E8002A" w:rsidRDefault="00C64D3F" w:rsidP="00D51272">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8002A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Capitalization of BAM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738A0ECC" w14:textId="3E649BAC" w:rsidR="00E713F0" w:rsidRPr="00E713F0" w:rsidRDefault="00CD167F" w:rsidP="00A22B8C">
+    <w:p w14:paraId="738A0ECC" w14:textId="630F4253" w:rsidR="00E713F0" w:rsidRPr="00E713F0" w:rsidRDefault="00195B1D" w:rsidP="00A22B8C">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD167F">
+      <w:r w:rsidRPr="00195B1D">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>BAM’s total admitted assets, total liabilities, and total capital and surplus, as of June 30, 2025 and as prepared in accordance with statutory accounting practices prescribed or permitted by the New York State Department of Financial Services were $503.3 million, $25</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A623D">
+        <w:t xml:space="preserve">BAM’s total admitted assets, total liabilities, and total capital and surplus, as of September 30, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00195B1D">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD167F">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00195B1D">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.1 million and $245.2 million, respectively</w:t>
+        <w:t xml:space="preserve"> and as prepared in accordance with statutory accounting practices prescribed or permitted by the New York State Department of Financial Services were $517.2 million, $273.6 million and $243.6 million, respectively</w:t>
       </w:r>
       <w:r w:rsidR="00E713F0" w:rsidRPr="00E713F0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6527840C" w14:textId="77777777" w:rsidR="001D122C" w:rsidRPr="001D122C" w:rsidRDefault="001D122C" w:rsidP="001D122C">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D122C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BAM is party to a first loss reinsurance treaty that provides first loss protection up to a maximum of 15% of the par amount outstanding for each policy issued by BAM, subject to certain limitations and restrictions. </w:t>
       </w:r>
@@ -842,51 +860,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>green buildings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022A321C" w14:textId="77777777" w:rsidR="0013563C" w:rsidRDefault="0013563C" w:rsidP="00DA4A46">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="151273A6" w14:textId="756C8D56" w:rsidR="00DA4A46" w:rsidRPr="00DA4A46" w:rsidRDefault="00DA4A46" w:rsidP="00DA4A46">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA4A46">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each of the GBPs correlates to one of the following UN Sustainable Development Goals which will also be included in the </w:t>
+        <w:t xml:space="preserve">Each of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DA4A46">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GBPs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DA4A46">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> correlates to one of the following UN Sustainable Development Goals which will also be included in the </w:t>
       </w:r>
       <w:r w:rsidR="006A2633">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GreenStar </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA4A46">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Credit Profile for the Bonds:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEB7108" w14:textId="77777777" w:rsidR="00DA4A46" w:rsidRPr="00DA4A46" w:rsidRDefault="00DA4A46" w:rsidP="00DA4A46">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1169,51 +1203,67 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCE402E" w14:textId="1680F842" w:rsidR="00A06E54" w:rsidRDefault="00A06E54" w:rsidP="00CA7B00">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="148FD387" w14:textId="77777777" w:rsidR="00A06E54" w:rsidRPr="00A06E54" w:rsidRDefault="00A06E54" w:rsidP="00A06E54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06E54">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">BAM’s GreenStar designation does not and is not intended to make any representation or give any assurance with respect to any other matter relating to the Bonds and is not a recommendation to any person to purchase, hold, or sell the Bonds. Such labeling does not address the market price, marketability or suitability of these Bonds for a particular investor.   There is no assurance that the designation will be retained for any given period of time or that the designation will not be revised, suspended, or withdrawn by BAM if, in its judgment, circumstances so warrant. </w:t>
+        <w:t xml:space="preserve">BAM’s GreenStar designation does not and is not intended to make any representation or give any assurance with respect to any other matter relating to the Bonds and is not a recommendation to any person to purchase, hold, or sell the Bonds. Such labeling does not address the market price, marketability or suitability of these Bonds for a particular investor.   There is no assurance that the designation will be retained for any given </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A06E54">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A06E54">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or that the designation will not be revised, suspended, or withdrawn by BAM if, in its judgment, circumstances so warrant. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA3A833" w14:textId="77777777" w:rsidR="00C20313" w:rsidRDefault="00C20313" w:rsidP="00C20313">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5016180E" w14:textId="77777777" w:rsidR="0014444A" w:rsidRPr="00430DCB" w:rsidRDefault="0014444A" w:rsidP="0014444A">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430DCB">
@@ -1308,51 +1358,83 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Credit Profiles</w:t>
       </w:r>
       <w:r w:rsidR="00D66DBD" w:rsidRPr="00430DCB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="007D0C44" w:rsidRPr="007D0C44">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Prior to the pricing of bonds that BAM has been selected to insure, BAM may prepare a pre-sale Credit Profile for those bonds. These pre-sale Credit Profiles provide information about the sector designation (e.g. general obligation, sales tax); a preliminary summary of financial information and key ratios; and demographic and economic data relevant to the obligor, if available. Subsequent to closing, for any offering that includes bonds insured by BAM, any pre-sale Credit Profile will be updated and superseded by a final Credit Profile to include information about the gross par insured by CUSIP, maturity and coupon.  BAM pre-sale and final Credit Profiles are easily accessible on BAM's website at https://bambonds.com/credit-profiles.  BAM will produce a Credit Profile for all bonds insured by BAM, whether or not a pre-sale Credit Profile has been prepared for such bonds.  (The preceding website address is provided for convenience of reference only.  Information available at such address is not incorporated herein by reference</w:t>
+        <w:t xml:space="preserve">Prior to the pricing of bonds that BAM has been selected to insure, BAM may prepare a pre-sale Credit Profile for those bonds. These pre-sale Credit Profiles provide information about the sector designation (e.g. general obligation, sales tax); a preliminary summary of financial information and key ratios; and demographic and economic data relevant to the obligor, if available. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007D0C44" w:rsidRPr="007D0C44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Subsequent to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007D0C44" w:rsidRPr="007D0C44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> closing, for any offering that includes bonds insured by BAM, any pre-sale Credit Profile will be updated and superseded by a final Credit Profile to include information about the gross par insured by CUSIP, maturity and coupon.  BAM pre-sale and final Credit Profiles are easily accessible on BAM's website at https://bambonds.com/credit-profiles.  BAM will produce a Credit Profile for all bonds insured by BAM, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007D0C44" w:rsidRPr="007D0C44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007D0C44" w:rsidRPr="007D0C44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a pre-sale Credit Profile has been prepared for such bonds.  (The preceding website address is provided for convenience of reference only.  Information available at such address is not incorporated herein by reference</w:t>
       </w:r>
       <w:r w:rsidR="00D66DBD" w:rsidRPr="0087119D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E705CEF" w14:textId="7763B119" w:rsidR="0014444A" w:rsidRPr="00430DCB" w:rsidRDefault="0014444A" w:rsidP="0014444A">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430DCB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disclaimers.  </w:t>
@@ -1834,109 +1916,109 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1338A48E" w14:textId="27B1D755" w:rsidR="005E6973" w:rsidRDefault="005E6973" w:rsidP="0063763C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E6973" w:rsidSect="00801682">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B8D1A64" w14:textId="77777777" w:rsidR="00875D95" w:rsidRDefault="00875D95">
+    <w:p w14:paraId="0881BAC1" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D9B6102" w14:textId="77777777" w:rsidR="00875D95" w:rsidRDefault="00875D95">
+    <w:p w14:paraId="63EEDE29" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -1948,58 +2030,58 @@
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="239C41E9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRPr="00763B6D" w:rsidRDefault="00B73BBD" w:rsidP="00EF580C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63684F11" w14:textId="77777777" w:rsidR="00875D95" w:rsidRDefault="00875D95">
+    <w:p w14:paraId="63692A3C" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D88EC02" w14:textId="77777777" w:rsidR="00875D95" w:rsidRDefault="00875D95">
+    <w:p w14:paraId="3B8066A0" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="743D0FF9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRDefault="00B73BBD">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -5066,107 +5148,110 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="420682426">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1735664702">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="903182666">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1486236099">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="388454005">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1372460418">
     <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="190"/>
+  <w:zoom w:percent="210"/>
   <w:removePersonalInformation/>
   <w:embedSystemFonts/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009806B1"/>
     <w:rsid w:val="000037AF"/>
     <w:rsid w:val="000304C8"/>
     <w:rsid w:val="00033BFD"/>
     <w:rsid w:val="00045A45"/>
     <w:rsid w:val="000468E8"/>
     <w:rsid w:val="000515CC"/>
     <w:rsid w:val="000560D5"/>
     <w:rsid w:val="000648E3"/>
     <w:rsid w:val="0007315D"/>
     <w:rsid w:val="00083BCB"/>
     <w:rsid w:val="000853E4"/>
     <w:rsid w:val="000857D6"/>
+    <w:rsid w:val="000965B7"/>
     <w:rsid w:val="000A1439"/>
     <w:rsid w:val="000A5248"/>
     <w:rsid w:val="000A5BBA"/>
     <w:rsid w:val="000B1018"/>
     <w:rsid w:val="000D29F3"/>
     <w:rsid w:val="000E75D0"/>
     <w:rsid w:val="000F545C"/>
     <w:rsid w:val="000F7562"/>
     <w:rsid w:val="00116D56"/>
     <w:rsid w:val="0013367D"/>
     <w:rsid w:val="0013563C"/>
     <w:rsid w:val="0014444A"/>
     <w:rsid w:val="00150270"/>
     <w:rsid w:val="00154DC5"/>
     <w:rsid w:val="0018715C"/>
     <w:rsid w:val="0019048E"/>
+    <w:rsid w:val="00195B1D"/>
     <w:rsid w:val="001A012D"/>
     <w:rsid w:val="001A09F0"/>
     <w:rsid w:val="001B1406"/>
     <w:rsid w:val="001D122C"/>
     <w:rsid w:val="001E4CF2"/>
     <w:rsid w:val="001E55C6"/>
     <w:rsid w:val="001F5171"/>
     <w:rsid w:val="002012BE"/>
     <w:rsid w:val="00202791"/>
     <w:rsid w:val="0020498D"/>
     <w:rsid w:val="00210583"/>
     <w:rsid w:val="00221531"/>
     <w:rsid w:val="0022420A"/>
     <w:rsid w:val="00233B91"/>
     <w:rsid w:val="002424AE"/>
     <w:rsid w:val="002443F9"/>
     <w:rsid w:val="00266E57"/>
     <w:rsid w:val="002944AA"/>
     <w:rsid w:val="002964D7"/>
     <w:rsid w:val="002D184E"/>
     <w:rsid w:val="002D38D5"/>
     <w:rsid w:val="002E7A1D"/>
     <w:rsid w:val="002F3215"/>
     <w:rsid w:val="003165F4"/>
     <w:rsid w:val="00327258"/>
@@ -5246,50 +5331,51 @@
     <w:rsid w:val="00673C8B"/>
     <w:rsid w:val="00682E46"/>
     <w:rsid w:val="006958A3"/>
     <w:rsid w:val="006A2633"/>
     <w:rsid w:val="006A462A"/>
     <w:rsid w:val="006A597D"/>
     <w:rsid w:val="006B295F"/>
     <w:rsid w:val="006C1398"/>
     <w:rsid w:val="006C52A5"/>
     <w:rsid w:val="006D4C6B"/>
     <w:rsid w:val="006E2289"/>
     <w:rsid w:val="006E7BA6"/>
     <w:rsid w:val="006F0915"/>
     <w:rsid w:val="006F4185"/>
     <w:rsid w:val="006F548E"/>
     <w:rsid w:val="007076CB"/>
     <w:rsid w:val="007115EC"/>
     <w:rsid w:val="007131E9"/>
     <w:rsid w:val="00722C62"/>
     <w:rsid w:val="007235B9"/>
     <w:rsid w:val="00731BFD"/>
     <w:rsid w:val="0073729A"/>
     <w:rsid w:val="00754E11"/>
     <w:rsid w:val="007662B0"/>
     <w:rsid w:val="00784E69"/>
+    <w:rsid w:val="0079242F"/>
     <w:rsid w:val="00794B67"/>
     <w:rsid w:val="007A623D"/>
     <w:rsid w:val="007B14F9"/>
     <w:rsid w:val="007C1A24"/>
     <w:rsid w:val="007C373A"/>
     <w:rsid w:val="007C59CF"/>
     <w:rsid w:val="007C7350"/>
     <w:rsid w:val="007D0C44"/>
     <w:rsid w:val="007D3B5C"/>
     <w:rsid w:val="007E0461"/>
     <w:rsid w:val="007E099C"/>
     <w:rsid w:val="007E57E9"/>
     <w:rsid w:val="00800D79"/>
     <w:rsid w:val="00801682"/>
     <w:rsid w:val="00806BCF"/>
     <w:rsid w:val="008072C0"/>
     <w:rsid w:val="00810E74"/>
     <w:rsid w:val="00816A0A"/>
     <w:rsid w:val="00817484"/>
     <w:rsid w:val="00820452"/>
     <w:rsid w:val="00823361"/>
     <w:rsid w:val="00843712"/>
     <w:rsid w:val="0085049A"/>
     <w:rsid w:val="00860D27"/>
     <w:rsid w:val="00870E74"/>
@@ -5882,51 +5968,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
@@ -7477,76 +7562,76 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E565C2ED-CC3A-274E-8066-ED17DB62C810}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2106</Words>
-  <Characters>11537</Characters>
+  <Words>2177</Words>
+  <Characters>11933</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>179</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>186</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13665</CharactersWithSpaces>
+  <CharactersWithSpaces>14040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7733315</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.standardandpoors.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653082</vt:i4>
       </vt:variant>
@@ -7568,29 +7653,29 @@
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject> </dc:subject>
   <dc:creator/>
   <cp:keywords> </cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Last updated by">
-    <vt:lpwstr>P. James 08-15-25</vt:lpwstr>
+    <vt:lpwstr>P. James 11-6-25</vt:lpwstr>
   </property>
 </Properties>
 </file>