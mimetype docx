--- v1 (2025-11-11)
+++ v2 (2026-02-20)
@@ -476,84 +476,84 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FEE7615" w14:textId="77777777" w:rsidR="00C64D3F" w:rsidRPr="00E8002A" w:rsidRDefault="00C64D3F" w:rsidP="00D51272">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8002A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Capitalization of BAM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738A0ECC" w14:textId="630F4253" w:rsidR="00E713F0" w:rsidRPr="00E713F0" w:rsidRDefault="00195B1D" w:rsidP="00A22B8C">
+    <w:p w14:paraId="738A0ECC" w14:textId="2A391CBD" w:rsidR="00E713F0" w:rsidRPr="00E713F0" w:rsidRDefault="00586B22" w:rsidP="00A22B8C">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00195B1D">
+      <w:r w:rsidRPr="00586B22">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">BAM’s total admitted assets, total liabilities, and total capital and surplus, as of September 30, </w:t>
+        <w:t xml:space="preserve">BAM’s total admitted assets, total liabilities, and total capital and surplus, as of December 31, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00195B1D">
+      <w:r w:rsidRPr="00586B22">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00195B1D">
+      <w:r w:rsidRPr="00586B22">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and as prepared in accordance with statutory accounting practices prescribed or permitted by the New York State Department of Financial Services were $517.2 million, $273.6 million and $243.6 million, respectively</w:t>
+        <w:t xml:space="preserve"> and as prepared in accordance with statutory accounting practices prescribed or permitted by the New York State Department of Financial Services were $514.1 million, $290 million and $224 million, respectively</w:t>
       </w:r>
       <w:r w:rsidR="00E713F0" w:rsidRPr="00E713F0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6527840C" w14:textId="77777777" w:rsidR="001D122C" w:rsidRPr="001D122C" w:rsidRDefault="001D122C" w:rsidP="001D122C">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D122C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BAM is party to a first loss reinsurance treaty that provides first loss protection up to a maximum of 15% of the par amount outstanding for each policy issued by BAM, subject to certain limitations and restrictions. </w:t>
       </w:r>
@@ -1916,58 +1916,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1338A48E" w14:textId="27B1D755" w:rsidR="005E6973" w:rsidRDefault="005E6973" w:rsidP="0063763C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E6973" w:rsidSect="00801682">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0881BAC1" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
+    <w:p w14:paraId="1EBE7FB4" w14:textId="77777777" w:rsidR="00B42EB2" w:rsidRDefault="00B42EB2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63EEDE29" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
+    <w:p w14:paraId="66C46EAD" w14:textId="77777777" w:rsidR="00B42EB2" w:rsidRDefault="00B42EB2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2030,58 +2030,58 @@
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="239C41E9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRPr="00763B6D" w:rsidRDefault="00B73BBD" w:rsidP="00EF580C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63692A3C" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
+    <w:p w14:paraId="171A6981" w14:textId="77777777" w:rsidR="00B42EB2" w:rsidRDefault="00B42EB2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B8066A0" w14:textId="77777777" w:rsidR="000965B7" w:rsidRDefault="000965B7">
+    <w:p w14:paraId="353EC576" w14:textId="77777777" w:rsidR="00B42EB2" w:rsidRDefault="00B42EB2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="743D0FF9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRDefault="00B73BBD">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -5148,51 +5148,51 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="420682426">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1735664702">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="903182666">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1486236099">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="388454005">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1372460418">
     <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="194"/>
   <w:removePersonalInformation/>
   <w:embedSystemFonts/>
   <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5282,50 +5282,51 @@
     <w:rsid w:val="00457191"/>
     <w:rsid w:val="0045786C"/>
     <w:rsid w:val="00462293"/>
     <w:rsid w:val="00470EDC"/>
     <w:rsid w:val="0047589B"/>
     <w:rsid w:val="00481514"/>
     <w:rsid w:val="004849D7"/>
     <w:rsid w:val="00497231"/>
     <w:rsid w:val="004C4FDA"/>
     <w:rsid w:val="004E7C59"/>
     <w:rsid w:val="004F163A"/>
     <w:rsid w:val="004F19CE"/>
     <w:rsid w:val="00504E6B"/>
     <w:rsid w:val="0050733A"/>
     <w:rsid w:val="005532CE"/>
     <w:rsid w:val="00554F2A"/>
     <w:rsid w:val="0055766E"/>
     <w:rsid w:val="00562DCC"/>
     <w:rsid w:val="005651F3"/>
     <w:rsid w:val="005710E1"/>
     <w:rsid w:val="005756F7"/>
     <w:rsid w:val="00575AAD"/>
     <w:rsid w:val="0057660F"/>
     <w:rsid w:val="00576D3D"/>
     <w:rsid w:val="005831C4"/>
+    <w:rsid w:val="00586B22"/>
     <w:rsid w:val="00591AA1"/>
     <w:rsid w:val="00593833"/>
     <w:rsid w:val="005965AD"/>
     <w:rsid w:val="005A0C38"/>
     <w:rsid w:val="005B296E"/>
     <w:rsid w:val="005B3DE0"/>
     <w:rsid w:val="005C6A68"/>
     <w:rsid w:val="005D127A"/>
     <w:rsid w:val="005D16AC"/>
     <w:rsid w:val="005D1CB6"/>
     <w:rsid w:val="005D4A6A"/>
     <w:rsid w:val="005D513F"/>
     <w:rsid w:val="005D6C77"/>
     <w:rsid w:val="005E0050"/>
     <w:rsid w:val="005E223E"/>
     <w:rsid w:val="005E6973"/>
     <w:rsid w:val="005F64E3"/>
     <w:rsid w:val="00602502"/>
     <w:rsid w:val="00636863"/>
     <w:rsid w:val="0063763C"/>
     <w:rsid w:val="006423F7"/>
     <w:rsid w:val="00642E67"/>
     <w:rsid w:val="00656DBD"/>
     <w:rsid w:val="00660FE7"/>
     <w:rsid w:val="00673C8B"/>
@@ -5435,69 +5436,72 @@
     <w:rsid w:val="00A34926"/>
     <w:rsid w:val="00A44B86"/>
     <w:rsid w:val="00A46397"/>
     <w:rsid w:val="00A522DA"/>
     <w:rsid w:val="00A55C9D"/>
     <w:rsid w:val="00A56F9E"/>
     <w:rsid w:val="00A5747E"/>
     <w:rsid w:val="00A57CED"/>
     <w:rsid w:val="00A7197F"/>
     <w:rsid w:val="00A725AD"/>
     <w:rsid w:val="00A72D0C"/>
     <w:rsid w:val="00AB4A60"/>
     <w:rsid w:val="00AC06E3"/>
     <w:rsid w:val="00AC1D9C"/>
     <w:rsid w:val="00AE03FF"/>
     <w:rsid w:val="00AE0F85"/>
     <w:rsid w:val="00AE4F89"/>
     <w:rsid w:val="00B17E48"/>
     <w:rsid w:val="00B2270B"/>
     <w:rsid w:val="00B23020"/>
     <w:rsid w:val="00B30572"/>
     <w:rsid w:val="00B30962"/>
     <w:rsid w:val="00B310AB"/>
     <w:rsid w:val="00B3560C"/>
     <w:rsid w:val="00B41295"/>
+    <w:rsid w:val="00B42EB2"/>
     <w:rsid w:val="00B5104F"/>
     <w:rsid w:val="00B73BBD"/>
     <w:rsid w:val="00B920F9"/>
     <w:rsid w:val="00B97C17"/>
     <w:rsid w:val="00BA41BF"/>
     <w:rsid w:val="00BA5A8B"/>
     <w:rsid w:val="00BB4024"/>
+    <w:rsid w:val="00BC66FE"/>
     <w:rsid w:val="00BD4A57"/>
     <w:rsid w:val="00BF7D5B"/>
     <w:rsid w:val="00C07DD2"/>
     <w:rsid w:val="00C12471"/>
     <w:rsid w:val="00C20313"/>
     <w:rsid w:val="00C20C8E"/>
     <w:rsid w:val="00C217EF"/>
     <w:rsid w:val="00C23E16"/>
     <w:rsid w:val="00C340C5"/>
     <w:rsid w:val="00C469AA"/>
     <w:rsid w:val="00C470D0"/>
     <w:rsid w:val="00C521B8"/>
+    <w:rsid w:val="00C52F85"/>
     <w:rsid w:val="00C55672"/>
     <w:rsid w:val="00C56360"/>
     <w:rsid w:val="00C64D3F"/>
     <w:rsid w:val="00C7175D"/>
     <w:rsid w:val="00C83A88"/>
     <w:rsid w:val="00C8781C"/>
     <w:rsid w:val="00C9196B"/>
     <w:rsid w:val="00C93F5B"/>
     <w:rsid w:val="00CA01C1"/>
     <w:rsid w:val="00CA7B00"/>
     <w:rsid w:val="00CB4EC3"/>
     <w:rsid w:val="00CB76BB"/>
     <w:rsid w:val="00CB7756"/>
     <w:rsid w:val="00CD167F"/>
     <w:rsid w:val="00CD7010"/>
     <w:rsid w:val="00CE4CFB"/>
     <w:rsid w:val="00CE6932"/>
     <w:rsid w:val="00CF516A"/>
     <w:rsid w:val="00CF6096"/>
     <w:rsid w:val="00CF7016"/>
     <w:rsid w:val="00D01173"/>
     <w:rsid w:val="00D16A14"/>
     <w:rsid w:val="00D30823"/>
     <w:rsid w:val="00D42624"/>
     <w:rsid w:val="00D43C35"/>
@@ -7562,76 +7566,76 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E565C2ED-CC3A-274E-8066-ED17DB62C810}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2177</Words>
-  <Characters>11933</Characters>
+  <Words>2106</Words>
+  <Characters>11537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>186</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>179</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14040</CharactersWithSpaces>
+  <CharactersWithSpaces>13665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7733315</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.standardandpoors.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653082</vt:i4>
       </vt:variant>
@@ -7653,29 +7657,29 @@
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject> </dc:subject>
   <dc:creator/>
   <cp:keywords> </cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Last updated by">
-    <vt:lpwstr>P. James 11-6-25</vt:lpwstr>
+    <vt:lpwstr>P. James 02-17-26</vt:lpwstr>
   </property>
 </Properties>
 </file>