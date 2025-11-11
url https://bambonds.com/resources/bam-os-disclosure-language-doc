--- v0 (2025-10-11)
+++ v1 (2025-11-11)
@@ -334,220 +334,84 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FEE7615" w14:textId="77777777" w:rsidR="00C64D3F" w:rsidRPr="00E8002A" w:rsidRDefault="00C64D3F" w:rsidP="00D51272">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8002A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Capitalization of BAM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BACDB75" w14:textId="0CF7A7F1" w:rsidR="000A5BBA" w:rsidRPr="000A5BBA" w:rsidRDefault="0050486C" w:rsidP="000A5BBA">
+    <w:p w14:paraId="0BACDB75" w14:textId="60644908" w:rsidR="000A5BBA" w:rsidRPr="000A5BBA" w:rsidRDefault="004E5CE4" w:rsidP="000A5BBA">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0050486C">
+      <w:r w:rsidRPr="004E5CE4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>BAM’s total admitted assets, total liabilities, and total capital and surplus, as of</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00174EC4">
+        <w:t xml:space="preserve">BAM’s total admitted assets, total liabilities, and total capital and surplus, as of September 30, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5CE4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00381D49">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5CE4">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>June 30</w:t>
-[...137 lines deleted...]
-        <w:t>, respectively</w:t>
+        <w:t xml:space="preserve"> and as prepared in accordance with statutory accounting practices prescribed or permitted by the New York State Department of Financial Services were $517.2 million, $273.6 million and $243.6 million, respectively</w:t>
       </w:r>
       <w:r w:rsidR="00FF58B9" w:rsidRPr="00FF58B9">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6527840C" w14:textId="77777777" w:rsidR="001D122C" w:rsidRPr="001D122C" w:rsidRDefault="001D122C" w:rsidP="001D122C">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D122C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BAM is party to a first loss reinsurance treaty that provides first loss protection up to a maximum of 15% of the par amount outstanding for each policy issued by BAM, subject to certain limitations and restrictions. </w:t>
       </w:r>
@@ -1297,109 +1161,109 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1338A48E" w14:textId="27B1D755" w:rsidR="005E6973" w:rsidRDefault="005E6973" w:rsidP="0063763C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E6973" w:rsidSect="00062D62">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15A8C15B" w14:textId="77777777" w:rsidR="00AE1BCE" w:rsidRDefault="00AE1BCE">
+    <w:p w14:paraId="138DE81C" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72FA65DF" w14:textId="77777777" w:rsidR="00AE1BCE" w:rsidRDefault="00AE1BCE">
+    <w:p w14:paraId="2B195289" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -1411,58 +1275,58 @@
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="239C41E9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRPr="00763B6D" w:rsidRDefault="00B73BBD" w:rsidP="00EF580C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DBF9399" w14:textId="77777777" w:rsidR="00AE1BCE" w:rsidRDefault="00AE1BCE">
+    <w:p w14:paraId="7F85B136" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E753874" w14:textId="77777777" w:rsidR="00AE1BCE" w:rsidRDefault="00AE1BCE">
+    <w:p w14:paraId="737A99C3" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="743D0FF9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRDefault="00B73BBD">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -4145,51 +4009,51 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1848324143">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="718171114">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="536352141">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="703944804">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="66613722">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="545528174">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="190"/>
+  <w:zoom w:percent="210"/>
   <w:removePersonalInformation/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4273,50 +4137,51 @@
     <w:rsid w:val="003C1C35"/>
     <w:rsid w:val="003E27CB"/>
     <w:rsid w:val="003E3E7A"/>
     <w:rsid w:val="003F34AE"/>
     <w:rsid w:val="003F59F2"/>
     <w:rsid w:val="003F69F3"/>
     <w:rsid w:val="00404934"/>
     <w:rsid w:val="00416A8B"/>
     <w:rsid w:val="004275A0"/>
     <w:rsid w:val="00435415"/>
     <w:rsid w:val="00450147"/>
     <w:rsid w:val="00451D49"/>
     <w:rsid w:val="00455991"/>
     <w:rsid w:val="00457191"/>
     <w:rsid w:val="0045786C"/>
     <w:rsid w:val="00462293"/>
     <w:rsid w:val="00470EDC"/>
     <w:rsid w:val="0047589B"/>
     <w:rsid w:val="00481514"/>
     <w:rsid w:val="004849D7"/>
     <w:rsid w:val="00496413"/>
     <w:rsid w:val="00497231"/>
     <w:rsid w:val="004B13C7"/>
     <w:rsid w:val="004C4FDA"/>
     <w:rsid w:val="004E2D64"/>
+    <w:rsid w:val="004E5CE4"/>
     <w:rsid w:val="004E7C59"/>
     <w:rsid w:val="004F1435"/>
     <w:rsid w:val="004F163A"/>
     <w:rsid w:val="004F7758"/>
     <w:rsid w:val="0050486C"/>
     <w:rsid w:val="0050733A"/>
     <w:rsid w:val="005146E2"/>
     <w:rsid w:val="005173E1"/>
     <w:rsid w:val="00530773"/>
     <w:rsid w:val="00536657"/>
     <w:rsid w:val="00554F2A"/>
     <w:rsid w:val="0055766E"/>
     <w:rsid w:val="005651F3"/>
     <w:rsid w:val="00570C59"/>
     <w:rsid w:val="005756F7"/>
     <w:rsid w:val="005A0C38"/>
     <w:rsid w:val="005C0AA1"/>
     <w:rsid w:val="005D127A"/>
     <w:rsid w:val="005D16AC"/>
     <w:rsid w:val="005D1CB6"/>
     <w:rsid w:val="005D4A6A"/>
     <w:rsid w:val="005D513F"/>
     <w:rsid w:val="005D6C77"/>
     <w:rsid w:val="005E6973"/>
     <w:rsid w:val="005F64E3"/>
@@ -4324,50 +4189,51 @@
     <w:rsid w:val="0060347C"/>
     <w:rsid w:val="0063763C"/>
     <w:rsid w:val="006423F7"/>
     <w:rsid w:val="00660FE7"/>
     <w:rsid w:val="00673C8B"/>
     <w:rsid w:val="00674C7A"/>
     <w:rsid w:val="00682E46"/>
     <w:rsid w:val="006958A3"/>
     <w:rsid w:val="006A462A"/>
     <w:rsid w:val="006A597D"/>
     <w:rsid w:val="006B295F"/>
     <w:rsid w:val="006C1398"/>
     <w:rsid w:val="006C52A5"/>
     <w:rsid w:val="006D2394"/>
     <w:rsid w:val="006D4C6B"/>
     <w:rsid w:val="006E2289"/>
     <w:rsid w:val="006E7BA6"/>
     <w:rsid w:val="006F548E"/>
     <w:rsid w:val="007115EC"/>
     <w:rsid w:val="007131E9"/>
     <w:rsid w:val="00722B54"/>
     <w:rsid w:val="00722C62"/>
     <w:rsid w:val="00726022"/>
     <w:rsid w:val="007542DE"/>
     <w:rsid w:val="00784E69"/>
+    <w:rsid w:val="0079242F"/>
     <w:rsid w:val="00794B67"/>
     <w:rsid w:val="007D3B5C"/>
     <w:rsid w:val="007E0461"/>
     <w:rsid w:val="008004DA"/>
     <w:rsid w:val="00800D79"/>
     <w:rsid w:val="00806BCF"/>
     <w:rsid w:val="008072C0"/>
     <w:rsid w:val="00810E74"/>
     <w:rsid w:val="00814044"/>
     <w:rsid w:val="00816A0A"/>
     <w:rsid w:val="00817484"/>
     <w:rsid w:val="00820452"/>
     <w:rsid w:val="00823361"/>
     <w:rsid w:val="008414EF"/>
     <w:rsid w:val="008550A7"/>
     <w:rsid w:val="00860D27"/>
     <w:rsid w:val="00870E74"/>
     <w:rsid w:val="008710D5"/>
     <w:rsid w:val="00872E84"/>
     <w:rsid w:val="00875BFB"/>
     <w:rsid w:val="00883065"/>
     <w:rsid w:val="008834DD"/>
     <w:rsid w:val="008A4714"/>
     <w:rsid w:val="008B190B"/>
     <w:rsid w:val="008B623A"/>
@@ -4410,50 +4276,51 @@
     <w:rsid w:val="00A7197F"/>
     <w:rsid w:val="00A725AD"/>
     <w:rsid w:val="00A72D0C"/>
     <w:rsid w:val="00A7488E"/>
     <w:rsid w:val="00AD50DC"/>
     <w:rsid w:val="00AE0F85"/>
     <w:rsid w:val="00AE1BCE"/>
     <w:rsid w:val="00AE4F89"/>
     <w:rsid w:val="00B06267"/>
     <w:rsid w:val="00B161AB"/>
     <w:rsid w:val="00B2270B"/>
     <w:rsid w:val="00B3560C"/>
     <w:rsid w:val="00B35AC9"/>
     <w:rsid w:val="00B41295"/>
     <w:rsid w:val="00B428A9"/>
     <w:rsid w:val="00B47B23"/>
     <w:rsid w:val="00B626FF"/>
     <w:rsid w:val="00B70278"/>
     <w:rsid w:val="00B71DAA"/>
     <w:rsid w:val="00B73BBD"/>
     <w:rsid w:val="00B73E24"/>
     <w:rsid w:val="00B774EE"/>
     <w:rsid w:val="00B97C17"/>
     <w:rsid w:val="00BA36A5"/>
     <w:rsid w:val="00BA41BF"/>
+    <w:rsid w:val="00BA5595"/>
     <w:rsid w:val="00BA5A8B"/>
     <w:rsid w:val="00BD4A57"/>
     <w:rsid w:val="00BE5DC1"/>
     <w:rsid w:val="00BF7D5B"/>
     <w:rsid w:val="00C12471"/>
     <w:rsid w:val="00C20C8E"/>
     <w:rsid w:val="00C217EF"/>
     <w:rsid w:val="00C469AA"/>
     <w:rsid w:val="00C470D0"/>
     <w:rsid w:val="00C521B8"/>
     <w:rsid w:val="00C56360"/>
     <w:rsid w:val="00C64D3F"/>
     <w:rsid w:val="00C662B3"/>
     <w:rsid w:val="00C7175D"/>
     <w:rsid w:val="00C83A88"/>
     <w:rsid w:val="00C9196B"/>
     <w:rsid w:val="00C93F5B"/>
     <w:rsid w:val="00CA01C1"/>
     <w:rsid w:val="00CB4EC3"/>
     <w:rsid w:val="00CE1614"/>
     <w:rsid w:val="00CF6096"/>
     <w:rsid w:val="00CF7016"/>
     <w:rsid w:val="00D16A14"/>
     <w:rsid w:val="00D30823"/>
     <w:rsid w:val="00D43C35"/>
@@ -4919,51 +4786,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
@@ -6513,75 +6379,75 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9AD68EB-8126-1F4A-BC9F-064B132F18F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1430</Words>
-  <Characters>7751</Characters>
+  <Characters>7756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>111</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9190</CharactersWithSpaces>
+  <CharactersWithSpaces>9195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7733315</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.standardandpoors.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653082</vt:i4>
       </vt:variant>
@@ -6603,29 +6469,29 @@
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject> </dc:subject>
   <dc:creator/>
   <cp:keywords> </cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Last updated by">
-    <vt:lpwstr>P. James 08-15-25</vt:lpwstr>
+    <vt:lpwstr>P. James 11-6-25</vt:lpwstr>
   </property>
 </Properties>
 </file>