--- v1 (2025-11-11)
+++ v2 (2026-02-20)
@@ -334,84 +334,84 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FEE7615" w14:textId="77777777" w:rsidR="00C64D3F" w:rsidRPr="00E8002A" w:rsidRDefault="00C64D3F" w:rsidP="00D51272">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8002A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Capitalization of BAM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BACDB75" w14:textId="60644908" w:rsidR="000A5BBA" w:rsidRPr="000A5BBA" w:rsidRDefault="004E5CE4" w:rsidP="000A5BBA">
+    <w:p w14:paraId="0BACDB75" w14:textId="0E68CE8E" w:rsidR="000A5BBA" w:rsidRPr="000A5BBA" w:rsidRDefault="00330F76" w:rsidP="000A5BBA">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E5CE4">
+      <w:r w:rsidRPr="00330F76">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">BAM’s total admitted assets, total liabilities, and total capital and surplus, as of September 30, </w:t>
+        <w:t xml:space="preserve">BAM’s total admitted assets, total liabilities, and total capital and surplus, as of December 31, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004E5CE4">
+      <w:r w:rsidRPr="00330F76">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004E5CE4">
+      <w:r w:rsidRPr="00330F76">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and as prepared in accordance with statutory accounting practices prescribed or permitted by the New York State Department of Financial Services were $517.2 million, $273.6 million and $243.6 million, respectively</w:t>
+        <w:t xml:space="preserve"> and as prepared in accordance with statutory accounting practices prescribed or permitted by the New York State Department of Financial Services were $514.1 million, $290 million and $224 million, respectively</w:t>
       </w:r>
       <w:r w:rsidR="00FF58B9" w:rsidRPr="00FF58B9">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6527840C" w14:textId="77777777" w:rsidR="001D122C" w:rsidRPr="001D122C" w:rsidRDefault="001D122C" w:rsidP="001D122C">
       <w:pPr>
         <w:pStyle w:val="O-BodyTextJ"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D122C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BAM is party to a first loss reinsurance treaty that provides first loss protection up to a maximum of 15% of the par amount outstanding for each policy issued by BAM, subject to certain limitations and restrictions. </w:t>
       </w:r>
@@ -1161,58 +1161,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1338A48E" w14:textId="27B1D755" w:rsidR="005E6973" w:rsidRDefault="005E6973" w:rsidP="0063763C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E6973" w:rsidSect="00062D62">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="138DE81C" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
+    <w:p w14:paraId="672F572A" w14:textId="77777777" w:rsidR="007D7FDE" w:rsidRDefault="007D7FDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B195289" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
+    <w:p w14:paraId="2AE8F9BC" w14:textId="77777777" w:rsidR="007D7FDE" w:rsidRDefault="007D7FDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1275,58 +1275,58 @@
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="239C41E9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRPr="00763B6D" w:rsidRDefault="00B73BBD" w:rsidP="00EF580C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F85B136" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
+    <w:p w14:paraId="48371FD7" w14:textId="77777777" w:rsidR="007D7FDE" w:rsidRDefault="007D7FDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="737A99C3" w14:textId="77777777" w:rsidR="00BA5595" w:rsidRDefault="00BA5595">
+    <w:p w14:paraId="3168D7C7" w14:textId="77777777" w:rsidR="007D7FDE" w:rsidRDefault="007D7FDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="743D0FF9" w14:textId="77777777" w:rsidR="00B73BBD" w:rsidRDefault="00B73BBD">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -4009,51 +4009,51 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1848324143">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="718171114">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="536352141">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="703944804">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="66613722">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="545528174">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="194"/>
   <w:removePersonalInformation/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4095,50 +4095,51 @@
     <w:rsid w:val="001F5171"/>
     <w:rsid w:val="001F7D4A"/>
     <w:rsid w:val="002012BE"/>
     <w:rsid w:val="00202791"/>
     <w:rsid w:val="0020498D"/>
     <w:rsid w:val="00210583"/>
     <w:rsid w:val="00212F14"/>
     <w:rsid w:val="00213A9F"/>
     <w:rsid w:val="0022420A"/>
     <w:rsid w:val="00233B91"/>
     <w:rsid w:val="002443F9"/>
     <w:rsid w:val="00272F05"/>
     <w:rsid w:val="00274254"/>
     <w:rsid w:val="00277EBD"/>
     <w:rsid w:val="002944AA"/>
     <w:rsid w:val="002964D7"/>
     <w:rsid w:val="002A712F"/>
     <w:rsid w:val="002C2C8E"/>
     <w:rsid w:val="002D184E"/>
     <w:rsid w:val="002D38D5"/>
     <w:rsid w:val="002E7A1D"/>
     <w:rsid w:val="002F3215"/>
     <w:rsid w:val="002F4344"/>
     <w:rsid w:val="003016F1"/>
     <w:rsid w:val="00327258"/>
+    <w:rsid w:val="00330F76"/>
     <w:rsid w:val="00332F48"/>
     <w:rsid w:val="00336E81"/>
     <w:rsid w:val="0034410E"/>
     <w:rsid w:val="00347D1B"/>
     <w:rsid w:val="00354706"/>
     <w:rsid w:val="00356A71"/>
     <w:rsid w:val="0036706B"/>
     <w:rsid w:val="00367569"/>
     <w:rsid w:val="0037541A"/>
     <w:rsid w:val="00381D49"/>
     <w:rsid w:val="003821AA"/>
     <w:rsid w:val="0038785B"/>
     <w:rsid w:val="003879D0"/>
     <w:rsid w:val="0039171A"/>
     <w:rsid w:val="00392018"/>
     <w:rsid w:val="003A2D63"/>
     <w:rsid w:val="003B2F7E"/>
     <w:rsid w:val="003C1C35"/>
     <w:rsid w:val="003E27CB"/>
     <w:rsid w:val="003E3E7A"/>
     <w:rsid w:val="003F34AE"/>
     <w:rsid w:val="003F59F2"/>
     <w:rsid w:val="003F69F3"/>
     <w:rsid w:val="00404934"/>
     <w:rsid w:val="00416A8B"/>
@@ -4192,50 +4193,51 @@
     <w:rsid w:val="00660FE7"/>
     <w:rsid w:val="00673C8B"/>
     <w:rsid w:val="00674C7A"/>
     <w:rsid w:val="00682E46"/>
     <w:rsid w:val="006958A3"/>
     <w:rsid w:val="006A462A"/>
     <w:rsid w:val="006A597D"/>
     <w:rsid w:val="006B295F"/>
     <w:rsid w:val="006C1398"/>
     <w:rsid w:val="006C52A5"/>
     <w:rsid w:val="006D2394"/>
     <w:rsid w:val="006D4C6B"/>
     <w:rsid w:val="006E2289"/>
     <w:rsid w:val="006E7BA6"/>
     <w:rsid w:val="006F548E"/>
     <w:rsid w:val="007115EC"/>
     <w:rsid w:val="007131E9"/>
     <w:rsid w:val="00722B54"/>
     <w:rsid w:val="00722C62"/>
     <w:rsid w:val="00726022"/>
     <w:rsid w:val="007542DE"/>
     <w:rsid w:val="00784E69"/>
     <w:rsid w:val="0079242F"/>
     <w:rsid w:val="00794B67"/>
     <w:rsid w:val="007D3B5C"/>
+    <w:rsid w:val="007D7FDE"/>
     <w:rsid w:val="007E0461"/>
     <w:rsid w:val="008004DA"/>
     <w:rsid w:val="00800D79"/>
     <w:rsid w:val="00806BCF"/>
     <w:rsid w:val="008072C0"/>
     <w:rsid w:val="00810E74"/>
     <w:rsid w:val="00814044"/>
     <w:rsid w:val="00816A0A"/>
     <w:rsid w:val="00817484"/>
     <w:rsid w:val="00820452"/>
     <w:rsid w:val="00823361"/>
     <w:rsid w:val="008414EF"/>
     <w:rsid w:val="008550A7"/>
     <w:rsid w:val="00860D27"/>
     <w:rsid w:val="00870E74"/>
     <w:rsid w:val="008710D5"/>
     <w:rsid w:val="00872E84"/>
     <w:rsid w:val="00875BFB"/>
     <w:rsid w:val="00883065"/>
     <w:rsid w:val="008834DD"/>
     <w:rsid w:val="008A4714"/>
     <w:rsid w:val="008B190B"/>
     <w:rsid w:val="008B623A"/>
     <w:rsid w:val="008C31FC"/>
     <w:rsid w:val="008C7B48"/>
@@ -4287,50 +4289,51 @@
     <w:rsid w:val="00B3560C"/>
     <w:rsid w:val="00B35AC9"/>
     <w:rsid w:val="00B41295"/>
     <w:rsid w:val="00B428A9"/>
     <w:rsid w:val="00B47B23"/>
     <w:rsid w:val="00B626FF"/>
     <w:rsid w:val="00B70278"/>
     <w:rsid w:val="00B71DAA"/>
     <w:rsid w:val="00B73BBD"/>
     <w:rsid w:val="00B73E24"/>
     <w:rsid w:val="00B774EE"/>
     <w:rsid w:val="00B97C17"/>
     <w:rsid w:val="00BA36A5"/>
     <w:rsid w:val="00BA41BF"/>
     <w:rsid w:val="00BA5595"/>
     <w:rsid w:val="00BA5A8B"/>
     <w:rsid w:val="00BD4A57"/>
     <w:rsid w:val="00BE5DC1"/>
     <w:rsid w:val="00BF7D5B"/>
     <w:rsid w:val="00C12471"/>
     <w:rsid w:val="00C20C8E"/>
     <w:rsid w:val="00C217EF"/>
     <w:rsid w:val="00C469AA"/>
     <w:rsid w:val="00C470D0"/>
     <w:rsid w:val="00C521B8"/>
+    <w:rsid w:val="00C52F85"/>
     <w:rsid w:val="00C56360"/>
     <w:rsid w:val="00C64D3F"/>
     <w:rsid w:val="00C662B3"/>
     <w:rsid w:val="00C7175D"/>
     <w:rsid w:val="00C83A88"/>
     <w:rsid w:val="00C9196B"/>
     <w:rsid w:val="00C93F5B"/>
     <w:rsid w:val="00CA01C1"/>
     <w:rsid w:val="00CB4EC3"/>
     <w:rsid w:val="00CE1614"/>
     <w:rsid w:val="00CF6096"/>
     <w:rsid w:val="00CF7016"/>
     <w:rsid w:val="00D16A14"/>
     <w:rsid w:val="00D30823"/>
     <w:rsid w:val="00D43C35"/>
     <w:rsid w:val="00D4768B"/>
     <w:rsid w:val="00D51272"/>
     <w:rsid w:val="00D612FF"/>
     <w:rsid w:val="00D66462"/>
     <w:rsid w:val="00D66DBD"/>
     <w:rsid w:val="00D73E28"/>
     <w:rsid w:val="00D82D0B"/>
     <w:rsid w:val="00D909FD"/>
     <w:rsid w:val="00DB287F"/>
     <w:rsid w:val="00DC54F7"/>
@@ -6379,75 +6382,75 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9AD68EB-8126-1F4A-BC9F-064B132F18F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1430</Words>
-  <Characters>7756</Characters>
+  <Characters>7751</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>111</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9195</CharactersWithSpaces>
+  <CharactersWithSpaces>9190</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7733315</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.standardandpoors.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653082</vt:i4>
       </vt:variant>
@@ -6469,29 +6472,29 @@
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject> </dc:subject>
   <dc:creator/>
   <cp:keywords> </cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Last updated by">
-    <vt:lpwstr>P. James 11-6-25</vt:lpwstr>
+    <vt:lpwstr>P. James 02-17-26</vt:lpwstr>
   </property>
 </Properties>
 </file>